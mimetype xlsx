--- v0 (2026-01-25)
+++ v1 (2026-03-25)
@@ -10,1328 +10,1328 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1197" uniqueCount="474">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1205" uniqueCount="476">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>JOSÉ ARAÚJO (ZÉ AURI)</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/23/requerimento_no._001-2025.pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/23/requerimento_no._001-2025.pdf</t>
   </si>
   <si>
     <t>REQUER IMPLANTAÇÃO DE REDE ABASTECIMENTO D`ÁGUA NO SÍTIO TIRADA, EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>INÁCIO DAVI</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/24/requerimento_no._002-2025.pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/24/requerimento_no._002-2025.pdf</t>
   </si>
   <si>
     <t>REQUER REFORMA DAS PASSAGENS MOLHADAS DOS SÍTIOS SAGUIM, PANATÍ, QUIXABA E GENIPAPEIRO, EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>ALBANEIDE ALVES</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/25/requerimento_no._003-2025.pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/25/requerimento_no._003-2025.pdf</t>
   </si>
   <si>
     <t>REQUER PAVIMENTAÇÃO DA RUA ANTÔNIA NEUMA FREITAS DA SILVA, NESTA CIDADE.</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>PEDRÃO</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/26/requerimento_no._004-2025.pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/26/requerimento_no._004-2025.pdf</t>
   </si>
   <si>
     <t>REQUER INSTALAÇÕES DE QUATRO LOMBADAS NA RUA JOÃO QUEIROGA DE SOUSA, NO DISTRITO DE SÃO PEDRO.</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/27/requerimento_no._005-2025.pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/27/requerimento_no._005-2025.pdf</t>
   </si>
   <si>
     <t>REQUER ATUALIZAÇÃO DO PROJETO DA PRAÇA PÚBLICA DO DISTRITO DE SÃO PEDRO.</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>FRANCISCO ALDEJONES</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/28/requerimento_no._006-2025.pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/28/requerimento_no._006-2025.pdf</t>
   </si>
   <si>
     <t>REQUER CONSTRUÇÃO DE CASAS POPULARES EM NOSSA CIDADE.</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/29/requerimento_no._007-2025.pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/29/requerimento_no._007-2025.pdf</t>
   </si>
   <si>
     <t>REQUER O TOMBAMENTO AO PATRIMÔNIO HISTÓRICO E CULTURAL, DA CAPELA DE NOSSA SENHORA DA CONCEIÇÃO, LOCALIZADA NA SERRA DO COMISSÁRIO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/31/requerimento_no._008-2025.pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/31/requerimento_no._008-2025.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA PROVIDENCIADO O SERVIÇO DE RESTAURAÇÃO NA PAVIMENTAÇÃO DA RUA JOSÉ FERREIRA DE ANDRADE, NESTA CIDADE.</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/32/requerimento_no._009-2025.pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/32/requerimento_no._009-2025.pdf</t>
   </si>
   <si>
     <t>REQUER COMPLEMENTAÇÃO DO CALÇAMENTO DA RUA JANUÁRIO FERREIRA, NESTA CIDADE.</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>JEFERSON GOMES</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/33/requerimento_no._010-2025.pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/33/requerimento_no._010-2025.pdf</t>
   </si>
   <si>
     <t>REQUER TRANSPORTE GRATUITO PARA ESTUDANTES RESIDENTES NESTE MUNICÍPIO MATRICULADOS EM ESTABELECIMENTOS DE ENSINO LOCALIZADOS NA CIDADE DE PAU DOS FERROS-RN.</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/34/requerimento_no._011-2025.pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/34/requerimento_no._011-2025.pdf</t>
   </si>
   <si>
     <t>REQUER REVITALIZAÇÃO DA PRAÇA ANTÔNIO GOMES DE MATOS NO DISTRITO DE CASINHA DO HOMEM.</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>LUCICLEIDE CAETANO</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/35/requerimento_no._012-2025.pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/35/requerimento_no._012-2025.pdf</t>
   </si>
   <si>
     <t>REQUER PAVIMENTAÇÃO DA RUA JOÃO PESSOA E RUA PROJETADA, NO DISTRITO DE SÃO PEDRO.</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>MADALENA</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/36/requerimento_no._013-2025.pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/36/requerimento_no._013-2025.pdf</t>
   </si>
   <si>
     <t>REQUER CONSTRUÇÃO DE PISTA DE CAMINHADA NA LATERAL DA AVENIDA DE ACESSO AO DISTRITO DE SÃO PEDRO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/37/requerimento_no._014-2025.pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/37/requerimento_no._014-2025.pdf</t>
   </si>
   <si>
     <t>REQUER IMPLANTAÇÃO DOS SISTEMAS DE SANEAMENTO BÁSICO NO BAIRRO ALTO DA ESPERANÇA, DISTRITO DE SÃO PEDRO.</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/38/requerimento_no._015-2025.pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/38/requerimento_no._015-2025.pdf</t>
   </si>
   <si>
     <t>REQUER INSTALAÇÃO DE SERVIÇO DE INTERNET SEM FIO (REDE WI-FI) GRATUITO, NA PRAÇA PÚBLICA LUIZ PEREIRA DA SILVA, LOCALIZADA NO CENTRO DE NOSSA CIDADE.</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/39/requerimento_no._016-2025.pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/39/requerimento_no._016-2025.pdf</t>
   </si>
   <si>
     <t>REQUER VIA DE PRÁTICA ESPORTIVA, PARA CIRCULAÇÃO DE PEDESTRES E CICLISTAS EM NOSSA CIDADE.</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/40/requerimento_no._017-2025.pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/40/requerimento_no._017-2025.pdf</t>
   </si>
   <si>
     <t>REQUER LIGAÇÃO DA ENERGIA ELÉTRICA DA ILUMINAÇÃO PÚBLICA DO CONTORNO DO DISTRITO DE SÃO PEDRO.</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/41/requerimento_no._018-2025.pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/41/requerimento_no._018-2025.pdf</t>
   </si>
   <si>
     <t>REQUER CONSTRUÇÃO DE UMA PASSAGEM MOLHADA NO SÍTIO PANATÍ, EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/49/requerimento_no._019-2025.pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/49/requerimento_no._019-2025.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJAM INSTITUÍDOS FERIADOS NO CALENDÁRIO OFICIAL DO MUNICÍPIO DE SANTA CRUZ, OS DIAS DE NOSSA SENHORA DA CONCEIÇÃO E SÃO FRANCISCO DE ASSIS.</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/50/requerimento_no._020-2025.pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/50/requerimento_no._020-2025.pdf</t>
   </si>
   <si>
     <t>REQUER REGULAMENTAÇÃO DA APOSENTADORIA ESPECIAL PARA OS AGENTES COMUNITÁRIOS DE SAÚDE E DE ENDEMIAS DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/51/requerimento_no._021-2025.pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/51/requerimento_no._021-2025.pdf</t>
   </si>
   <si>
     <t>REQUER PAVIMENTAÇÃO DAS RUAS MANOEL LOPES E VEREADOR FRANCISCO PEREIRA DE ASSIS, NESTA CIDADE.</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/52/requerimento_no._022-2025.pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/52/requerimento_no._022-2025.pdf</t>
   </si>
   <si>
     <t>REQUER CONSTRUÇÃO DE UMA PASSAGEM MOLHADA NO SÍTIO PITOMBEIRA, EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/53/requerimento_no._023-2025.pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/53/requerimento_no._023-2025.pdf</t>
   </si>
   <si>
     <t>REQUER SERVIÇOS DE LIMPEZA DAS RUAS DO DISTRITO DE CASINHA DO HOMEM.</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/54/requerimento_no._024-2025..pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/54/requerimento_no._024-2025..pdf</t>
   </si>
   <si>
     <t>REQUER REPOSIÇÃO DA CAIXA D`ÁGUA DE ABASTECIMENTO DO SÍTIO SANTANA, EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/55/requerimento_no._025-2025..pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/55/requerimento_no._025-2025..pdf</t>
   </si>
   <si>
     <t>REQUER CONSTRUÇÃO DE PISTA DE CAMINHADA NA ESTRADA DA ANTIGA LINHA FÉRREA DESTA CIDADE.</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/56/requerimento_no._026-2025..pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/56/requerimento_no._026-2025..pdf</t>
   </si>
   <si>
     <t>REQUER CONSTRUÇÃO DE UM GINÁSIO POLIESPORTIVO NO DISTRITO DE CASINHA DO HOMEM.</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/57/requerimento_no._027-2025..pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/57/requerimento_no._027-2025..pdf</t>
   </si>
   <si>
     <t>REQUER AMPLIAÇÃO E CONSTRUÇÃO DE BANHEIROS PÚBLICOS NO CEMITÉRIO DESTA CIDADE.</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/58/requerimento_no._028-2025..pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/58/requerimento_no._028-2025..pdf</t>
   </si>
   <si>
     <t>REQUER CONTRATAÇÕES DE MÉDICOS GINECOLOGISTA E PEDIATRA PARA PRESTAREM ATENDIMENTOS DESTAS ESPECIALIDADES MÉDICAS EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/59/requerimento_no._029-2025..pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/59/requerimento_no._029-2025..pdf</t>
   </si>
   <si>
     <t>REQUER CONSTRUÇÃO DE UMA PASSAGEM MOLHADA NO SÍTIO AGRESTE, EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/65/requerimento_no._030-2025.pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/65/requerimento_no._030-2025.pdf</t>
   </si>
   <si>
     <t>REQUER CONSTRUÇÃO DE UMA PASSAGEM MOLHADA NA ESTRADA DE ACESSO A VILA MARTINS, NO DISTRITO DE CASINHA DO HOMEM.</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/66/requerimento_no._031-2025.pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/66/requerimento_no._031-2025.pdf</t>
   </si>
   <si>
     <t>REQUER INCENTIVO AO AGRICULTOR NA COMPRA DE RAÇÃO ANIMAL JUNTO AO GOVERNO DO ESTADO.</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/67/requerimento_no._032-2025.pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/67/requerimento_no._032-2025.pdf</t>
   </si>
   <si>
     <t>REQUER A DENOMINAÇÃO DE RUA JOÃO IZIDRO FERREIRA, UMA RUA PROJETADA LOCALIZADA NO DISTRITO DE SÃO PEDRO.</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/68/requerimento_no._033-2025.pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/68/requerimento_no._033-2025.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE O PAGAMENTO DO PROGRAMA PREVINE BRASIL.</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>JOHN SILVEIRA</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/69/requerimento_no._034-2025.pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/69/requerimento_no._034-2025.pdf</t>
   </si>
   <si>
     <t>REQUER LOMBADA NA RUA ANTÔNIO VICENTE, NESTA CIDADE.</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/71/requerimento_no._035-2025.pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/71/requerimento_no._035-2025.pdf</t>
   </si>
   <si>
     <t>REQUER IMPLANTAÇÃO DE REDE DE ESGOTO E REPOSIÇÃO DE LÂMPADAS NA REDE DE ILUMINAÇÃO PÚBLICA NAS RUAS PADRE JOÃO ANDRIOLA E TITO JOSÉ DA SILVA, NESTA CIDADE.</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/72/requerimento_no._036-2025.pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/72/requerimento_no._036-2025.pdf</t>
   </si>
   <si>
     <t>REQUER CAMPO DE FUTEBOL EM NOSSA CIDADE.</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/73/requerimento_no._037-2025.pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/73/requerimento_no._037-2025.pdf</t>
   </si>
   <si>
     <t>REQUER IMPLANTAÇÃO DE REDE DE ESGOTO NO BAIRRO MASSAPÊ, DISTRITO DE SÃO PEDRO.</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/77/requerimento_no._038-2025.pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/77/requerimento_no._038-2025.pdf</t>
   </si>
   <si>
     <t>REQUER MELHORIAS NOS SERVIÇOS DE MANUTENÇÃO DA REDE DE ABASTECIMENTO D`ÁGUA DA CAGEPA EM NOSSA CIDADE.</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/78/requerimento_no._039-2025.pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/78/requerimento_no._039-2025.pdf</t>
   </si>
   <si>
     <t>REQUER SERVIÇOS DE DRENAGEM NA RUA MANOEL VICENTE SOBRINHO, NO CONJUNTO ALFREDO RODRIGUES.</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/79/requerimento_no._040-2025.pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/79/requerimento_no._040-2025.pdf</t>
   </si>
   <si>
     <t>REQUER RETIRADA DOS ANIMAIS SOLTOS NAS RUAS DA NOSSA CIDADE E NAS MARGENS DA RODOVIA PB-359.</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/80/requerimento_no._041-2025.pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/80/requerimento_no._041-2025.pdf</t>
   </si>
   <si>
     <t>REQUER MOÇÃO DE APLAUSOS PARA O SOUSA ESPORTE CLUBE.</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/83/requerimento_no._042-2025.pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/83/requerimento_no._042-2025.pdf</t>
   </si>
   <si>
     <t>REQUER SERVIÇOS DE LIMPEZA E ALARGAMENTO DA RUA JOSÉ COSTA SOBRINHO, NESTA CIDADE.</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/84/requerimento_no._043-2025.pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/84/requerimento_no._043-2025.pdf</t>
   </si>
   <si>
     <t>REQUER PAVIMENTAÇÃO DAS PRINCIPAIS RUAS DO DISTRITO DE CASINHA DO HOMEM, EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/87/requerimento_no._044-2025.pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/87/requerimento_no._044-2025.pdf</t>
   </si>
   <si>
     <t>REQUER REALIZAÇÃO DOS PROGRAMAS DE CASTRAÇÃO E VACINAÇÃO DE ANIMAIS DOMÉSTICOS EM SITUAÇÃO DE RUA NESTA CIDADE.</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/88/requerimento_no._045-2025.pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/88/requerimento_no._045-2025.pdf</t>
   </si>
   <si>
     <t>REQUER REFORMA DO HOSPITAL FRANCISCA WANDERLEY, COM INSTALAÇÕES DE SALA DE ESTABILIZAÇÃO E LEITOS DE RETAGUARDA.</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/93/requerimento_no._046-2025.pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/93/requerimento_no._046-2025.pdf</t>
   </si>
   <si>
     <t>REQUER SERVIÇOS DE RECUPERAÇÃO DA ESTRADA DE ACESSO AO SÍTIO SÃO ROMÃO.</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/94/requerimento_no._047-2025.pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/94/requerimento_no._047-2025.pdf</t>
   </si>
   <si>
     <t>REQUER INSTALAÇÃO DE CÂMERAS DE SEGURANÇA NO GINÁSIO POLIESPORTIVO ANDRESSA KAROLINE LOPES DE MORAIS, NO DISTRITO DE SÃO PEDRO.</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/99/requerimento_no._049-2025.pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/99/requerimento_no._049-2025.pdf</t>
   </si>
   <si>
     <t>REQUER REFORMA E MODERNIZAÇÃO DA ESCOLA JOSÉ JOAQUIM DA SILVA, NA SERRA DO COMISSÁRIO.</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/100/requerimento_no._050-2025.pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/100/requerimento_no._050-2025.pdf</t>
   </si>
   <si>
     <t>REQUER CONSTRUÇÃO DE TRÊS ABRIGOS DE PONTO DE ÔNIBUS NO DISTRITO DE SÃO PEDRO.</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/101/requerimento_no._051-2025.pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/101/requerimento_no._051-2025.pdf</t>
   </si>
   <si>
     <t>REQUER EQUIPE PARA DAR AULAS DE DANÇA E TREINO FUNCIONAL PARA A POPULAÇÃO LOCAL, NO GINÁSIO POLIESPORTIVO NILSON DE FREITAS, NESTA CIDADE.</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/102/requerimento_no._052-2025.pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/102/requerimento_no._052-2025.pdf</t>
   </si>
   <si>
     <t>REQUER SERVIÇOS DE RECUPERAÇÃO DAS ESTRADAS DOS SÍTIOS: SANTANA, PITOMBEIRA, SÃO ROMÃO, MATA ESCURA, MATA FRESCA E FORQUILHA, EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/103/requerimento_no._053-2025.pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/103/requerimento_no._053-2025.pdf</t>
   </si>
   <si>
     <t>REQUER SERVIÇO DE ROÇO DAS MARGENS DAS ESTRADAS DE ACESSO AO DISTRITO DE CASINHA DO HOMEM.</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/119/requerimento_no._054-2025.pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/119/requerimento_no._054-2025.pdf</t>
   </si>
   <si>
     <t>REQUER SERVIÇOS DE PODA DAS ÁRVORES NAS RUAS DESTA CIDADE.</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/120/requerimento_no._055-2025.pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/120/requerimento_no._055-2025.pdf</t>
   </si>
   <si>
     <t>REQUER INCENTIVO DO MUNICÍPIO AO AGRICULTOR NA COMPRA DE RAÇÃO ANIMAL.</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/122/requerimento_no._056-2025.pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/122/requerimento_no._056-2025.pdf</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/127/requerimento_no._057-2025.pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/127/requerimento_no._057-2025.pdf</t>
   </si>
   <si>
     <t>REQUER REFORMA DA PRAÇA ANTÔNIO GOMES DE MATOS, NO DISTRITO DE CASINHA DO HOMEM.</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/128/requerimento_no._058-2025.pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/128/requerimento_no._058-2025.pdf</t>
   </si>
   <si>
     <t>REQUER PAVIMENTAÇÃO DE DUAS RUAS PROJETADAS E DA RUA JOÃO PESSOA, NO DISTRITO DE SÃO PEDRO.</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/130/requerimento_no._059-2025.pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/130/requerimento_no._059-2025.pdf</t>
   </si>
   <si>
     <t>REQUER REDE DE ILUMINAÇÃO PÚBLICA NA AVENIDA DE ACESSO AO DISTRITO DE SÃO PEDRO E SUA DENOMINAÇÃO.</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/129/requerimento_no._060-2025.pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/129/requerimento_no._060-2025.pdf</t>
   </si>
   <si>
     <t>REQUER CONSTRUÇÃO DE UMA BASE DO SAMU EM NOSSA CIDADE.</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/132/requerimento_no._061-2025.pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/132/requerimento_no._061-2025.pdf</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/133/requerimento_no._062-2025.pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/133/requerimento_no._062-2025.pdf</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/135/requerimento_no._063-2025.pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/135/requerimento_no._063-2025.pdf</t>
   </si>
   <si>
     <t>REQUER IMPLANTAÇÃO DE REDE DE ESGOTO NAS RUAS DO CONJUNTO HABITACIONAL MARIA DAS NEVES, EM NOSSA CIDADE.</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/136/requerimento_no._064-2025.pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/136/requerimento_no._064-2025.pdf</t>
   </si>
   <si>
     <t>REQUER CALÇAMENTO DAS RUAS DO CONJUNTO HABITACIONAL MARIA DAS NEVES, NESTA CIDADE.</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/138/requerimento_no._065-2025.pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/138/requerimento_no._065-2025.pdf</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/143/requerimento_no._067-2025.pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/143/requerimento_no._067-2025.pdf</t>
   </si>
   <si>
     <t>REQUER CALÇAMENTO DAS RUAS DO CONJUNTO HABITACIONAL MAURÍCIO GOMES, NESTA CIDADE.</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/144/requerimento_no._068-2025.pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/144/requerimento_no._068-2025.pdf</t>
   </si>
   <si>
     <t>REQUER REFORMA DE UM AÇUDE NO SÍTIO SANTANA, EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/145/requerimento_no._069-2025.pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/145/requerimento_no._069-2025.pdf</t>
   </si>
   <si>
     <t>REQUER CONSTRUÇÃO DE UMA LOMBADA NA RODOVIA PB-359, NO SÍTIO TIMBAÚBA, EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/149/requerimento_no._070-2025..pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/149/requerimento_no._070-2025..pdf</t>
   </si>
   <si>
     <t>REQUER CONSTRUÇÃO DE UMA LOMBADA NA RODOVIA PB-359, NO DISTRITO DE SÃO PEDRO.</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/150/requerimento_no._071-2025..pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/150/requerimento_no._071-2025..pdf</t>
   </si>
   <si>
     <t>REQUER COMPLEMENTAÇÕES DOS CALÇAMENTOS DA RUAS: PEDRO VIEIRA DA SILVEIRA, LAURINDO LOPES, ANTÔNIO VICENTE E ANDRELINO VIEIRA, LOCALIZADAS EM NOSSA CIDADE.</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/151/requerimento_no._072-2025..pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/151/requerimento_no._072-2025..pdf</t>
   </si>
   <si>
     <t>REQUER CONSTRUÇÃO DE UMA PASSAGEM MOLHADA NO SÍTIO SEIXO, EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/152/requerimento_de_mocao_de_aplausos_no.__073-2025..pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/152/requerimento_de_mocao_de_aplausos_no.__073-2025..pdf</t>
   </si>
   <si>
     <t>REQUER MOÇÃO DE APLAUSOS AO SENHOR DAMIÃO VIEIRA DE ANDRADE, SERVIDOR PÚBLICO APOSENTADO DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/153/requerimento_de_mocao_de_aplausos_no._074-2025..pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/153/requerimento_de_mocao_de_aplausos_no._074-2025..pdf</t>
   </si>
   <si>
     <t>REQUER MOÇÃO DE APLAUSOS PARA SECRETARIA MUNICIPAL DE SAÚDE E OS AGENTES COMUNITÁRIOS DE SAÚDE, PELOS 30 ANOS DE IMPLANTAÇÃO DO PROGRAMA DE AGENTES COMUNITÁRIOS DE SAÚDE (PACS), NO MUNICÍPIO DE SANTA CRUZ.</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/156/requerimento_no._075-2025..pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/156/requerimento_no._075-2025..pdf</t>
   </si>
   <si>
     <t>REQUER CONSTRUÇÃO DE UMA LOMBADA NA RUA JOAQUIM VITAL DE OLIVEIRA, NESTA CIDADE.</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/157/requerimento_no._076-2025..pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/157/requerimento_no._076-2025..pdf</t>
   </si>
   <si>
     <t>REQUER ESTADUALIZAÇÃO DA ESTRADA QUE LIGA O MUNICÍPIO DE SANTA CRUZ AO MUNICÍPIO DE SOUSA, INTERLIGANDO AS RODOVIAS PB-359 A PB-383.</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/158/requerimento_no._077-2025..pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/158/requerimento_no._077-2025..pdf</t>
   </si>
   <si>
     <t>REQUER PERFURAÇÃO DE UM POÇO ARTESIANO PARA O ABASTECIMENTO D`ÁGUA NO SÍTIO TIGRE, EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/160/requerimento_no._078-2025..pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/160/requerimento_no._078-2025..pdf</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/161/requerimento_no._079-2025..pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/161/requerimento_no._079-2025..pdf</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/162/requerimento_no._080-2025..pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/162/requerimento_no._080-2025..pdf</t>
   </si>
   <si>
     <t>REQUER AQUISIÇÕES DE UM APARELHO DE RAIO-X E UM RESPIRADOR, PARA O HOSPITAL FRANCISCA WANDERLEY, EM NOSSA CIDADE.</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/169/requerimento_no._081-2025..pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/169/requerimento_no._081-2025..pdf</t>
   </si>
   <si>
     <t>REQUER CONSTRUÇÃO DE UMA LOMBADA NA RODOVIA PB-359, PRÓXIMA AO CONTORNO DO DISTRITO DE SÃO PEDRO.</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/170/requerimento_no._082-2025..pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/170/requerimento_no._082-2025..pdf</t>
   </si>
   <si>
     <t>REQUER FORNECIMENTO DE EQUIPAMENTOS DE PROTEÇÃO INDIVIDUAL (EPIS) ADEQUADOS PARA TODOS OS FUNCIONÁRIOS QUE REALIZAM A COLETA DE LIXO E LIMPEZA URBANA NESTA CIDADE.</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinário do Executivo</t>
   </si>
   <si>
     <t>Prefeito</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/63/projeto_de_lei_no._001-2025._.pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/63/projeto_de_lei_no._001-2025._.pdf</t>
   </si>
   <si>
     <t>ALTERA AS TABELAS DE VENCIMENTOS DA LEI MUNICIPAL N° 512/2016, QUE DISPÕE SOBRE A ESTRUTURA ORGANIZACIONAL ADMINISTRATIVA DA PREFEITURA MUNICIPAL DE SANTA CRUZ, REESTRUTURADA PELAS LEIS MUNICIPAIS N°. 530/2018, N°. 547/2019 E N° 608/2023 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/64/projeto_de_lei_no._002-2025..pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/64/projeto_de_lei_no._002-2025..pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ESPECIAL PARA FINS QUE ESPECIFICA. (FICA ABERTO NO ORÇAMENTO VIGENTE O CRÉDITO ESPECIAL NO VALOR DE R$ 376.500,00 (TREZENTOS E SETENTA E SEIS MIL E QUINHENTOS REAIS), DESTINADO A ABRIR RUBRICAS ORÇAMENTÁRIAS PARA AÇÕES DA ESCUTA ESPECIALIZADA, DO FUNDO MUNICIPAL DE ASSISTÊNCIA SOCIAL).</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/95/projeto_de_lei_no._004-2025.pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/95/projeto_de_lei_no._004-2025.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO CALENDÁRIO OFICIAL DO MUNICÍPIO O DIA DE NOSSA SENHORA DA CONCEIÇÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/96/projeto_de_lei_no._005-2025.pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/96/projeto_de_lei_no._005-2025.pdf</t>
   </si>
   <si>
     <t>INSTITUI ALÍQUOTA DE CONTRIBUIÇÃO SUPLEMENTAR DEVIDA PELO MUNICÍPIO PARA EQUACIONAMENTO DO DÉFICIT ATUARIAL DO IPESC — INSTITUTO DE PREVIDÊNCIA DO MUNICÍPIO DE SANTA CRUZ.</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/107/projeto_de_lei_no._006-2025_ldo.pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/107/projeto_de_lei_no._006-2025_ldo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA PARA O EXERCÍCIO DE 2026 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/110/projeto_de_lei_no._007-2025.pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/110/projeto_de_lei_no._007-2025.pdf</t>
   </si>
   <si>
     <t>INSTITUI, NO ÂMBITO DO PODER EXECUTIVO DO MUNICÍPIO DE SANTA CRUZ/PB, O “INCENTIVO DE PAGAMENTO POR DESEMPENHO VARIÁVEL DA SAÚDE BUCAL NA ATENÇÃO PRIMÁRIA À SAÚDE”, COM BASE NA PORTARIA GM/MS Nº 960/2023.</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/111/projeto_de_lei_no._008-2025.pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/111/projeto_de_lei_no._008-2025.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA O INCENTIVO FINANCEIRO DO COMPONENTE DE QUALIDADE DA ATENÇÃO PRIMÁRIA À SAÚDE (APS), INSTITUÍDO PELO MINISTÉRIO DA SAÚDE POR MEIO DA PORTARIA N. 3.493, DE 10 DE ABRIL DE 2024, QUE ALTEROU A PORTARIA DE CONSOLIDAÇÃO GM/MS N. 6, DE 28 DE SETEMBRO DE 2017, E DISPÕE SOBRE OUTRAS MEDIDAS CORRELATAS.</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/112/projeto_de_lei_no._009-2025.pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/112/projeto_de_lei_no._009-2025.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ESPECIAL PARA FINS QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/113/projeto_de_lei_no._010-2025..pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/113/projeto_de_lei_no._010-2025..pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL DA CIDADE (CMC) E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/115/projeto_de_lei_no._011-2025.pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/115/projeto_de_lei_no._011-2025.pdf</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/116/projeto_de_lei_no._012-2025.pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/116/projeto_de_lei_no._012-2025.pdf</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/117/projeto_de_lei_no._013-2025.pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/117/projeto_de_lei_no._013-2025.pdf</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/125/projeto_de_lei_no._014-2025..pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/125/projeto_de_lei_no._014-2025..pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REFORMULAÇÃO E REESTRUTURAÇÃO DA LEI Nº. 386, DE 20 DE ABRIL DE 2009, DO CONSELHO MUNICIPAL DE SAÚDE DE SANTA CRUZ - PARAÍBA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/131/projeto_de_lei_no._015-2025._.pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/131/projeto_de_lei_no._015-2025._.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ESPECIAL PARA FINS QUE ESPECIFICA (FICA ABERTO NO ORÇAMENTO VIGENTE O CRÉDITO ESPECIAL NO VALOR DE R$ 3.000.000,00 (TRÊS MILHÕES DE REAIS), DESTINADO A ABRIR RUBRICAS ORÇAMENTÁRIAS PARA REFORMA E AMPLIAÇÃO DO MERCADO PÚBLICO E PAVIMENTAÇÃO DE RUAS E AVENIDAS DESTE MUNICÍPIO).</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/141/projeto_de_lei_no._016-2025_ppa_2026_a_2029.pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/141/projeto_de_lei_no._016-2025_ppa_2026_a_2029.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO PLURIANUAL DO MUNICÍPIO DE SANTA CRUZ PARA O PERÍODO DE 2026 A 2029.</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/146/projeto_de_lei_no._017-2025..pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/146/projeto_de_lei_no._017-2025..pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PARCELAMENTO E REPARCELAMENTO DE DÉBITOS DO MUNICÍPIO DE SANTA CRUZ COM SEU REGIME PRÓPRIO DE PREVIDÊNCIA SOCIAL - IPESC — INSTITUTO DE PREVIDÊNCIA DOS SERVIDORES DE SANTA CRUZ, DE QUE TRATAM OS ARTS. 115 E 117 DO ATO DAS DISPOSIÇÕES CONSTITUCIONAIS TRANSITÓRIAS - ADCT, COM A REDAÇÃO CONFERIDA PELA EMENDA CONSTITUCIONAL N" 136, DE 9 DE SETEMBRO DE 2025.</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/148/projeto_de_lei_no._018-2025_loa_2026.pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/148/projeto_de_lei_no._018-2025_loa_2026.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA PARA O EXERCÍCIO FINANCEIRO DE 2.026 DO MUNICÍPIO DE SANTA CRUZ E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinário do Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/74/projeto_de_lei_no_003-2025.pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/74/projeto_de_lei_no_003-2025.pdf</t>
   </si>
   <si>
     <t>RECONHECE E INSTITUI O "DIA DO EVANGÉLICO" NO MUNICÍPIO DE SANTA CRUZ/PB E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/166/projeto_de_lei_no._019-2025.pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/166/projeto_de_lei_no._019-2025.pdf</t>
   </si>
   <si>
     <t>RECONHECE DE UTILIDADE PÚBLICA A LOJA MAÇÔNICA SANTA CRUZ Nº 2892 E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/43/projeto_de_lei_complementar_no._001-2025..pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/43/projeto_de_lei_complementar_no._001-2025..pdf</t>
   </si>
   <si>
     <t>ALTERA AS TABELAS DE VENCIMENTOS DA LEI COMPLEMENTAR N°. 003/2011, QUE INSTITUI O PLANO DE CARGOS, CARREIRAS E REMUNERAÇÃO E LEI COMPLEMENTAR N°. 071/2024, NO MUNICÍPIO DE SANTA CRUZ E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/44/projeto_de_lei_complementar_no._002-2025..pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/44/projeto_de_lei_complementar_no._002-2025..pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO EM ARTIGO E TABELAS DE VENCIMENTOS DA LEI COMPLEMENTAR N°. 002/2011 E LEI COMPLEMENTAR N°. 073/2024, DEFINE O PISO SALARIAL DO MAGISTÉRIO MUNICIPAL, E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/45/projeto_de_lei_complementar_no._003-2025..pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/45/projeto_de_lei_complementar_no._003-2025..pdf</t>
   </si>
   <si>
     <t>ALTERA AS TABELAS DE VENCIMENTOS DAS LEIS COMPLEMENTARES N°. 004/2011 E N°. 073/2024, QUE DEFINE A ESTRUTURA NAS EQUIPES DE ESTRÁTEGIA SAÚDE DA FAMÍLIA, SAÚDE BUCAL E BRASIL SORRIDENTE DO MUNICÍPIO DE SANTA CRUZ E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/46/projeto_de_lei_complementar_no._004-2025..pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/46/projeto_de_lei_complementar_no._004-2025..pdf</t>
   </si>
   <si>
     <t>ALTERA AS TABELAS DE VENCIMENTOS DA LEI COMPLEMENTAR N°. 074/2024, QUE DEFINE A ESTRUTURA SERVIÇO DE ATENÇÃO DOMICILIAR (SAD) - MELHOR EM CASA, EQUIPE MULTIPROFISSIONAL DE ATENÇÃO DOMICILIAR (EMAD) E EQUIPE MULTIPROFISSIONAL DE APOIO (EMAP) NO MUNICÍPIO DE SANTA CRUZ - PB, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/47/projeto_de_lei_complementar_no._005-2025..pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/47/projeto_de_lei_complementar_no._005-2025..pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CONCEDER PARCELAS SALARIAIS DA ASSISTÊNCIA FINANCEIRA COMPLEMENTAR DA UNIÃO SOBRE OS VENCIMENTOS DOS ENFERMEIROS E TÉCNICOS DE ENFERMAGEM E ALTERA AS TABELAS DE VENCIMENTOS DA LEI COMPLEMENTAR N°. 075/2024, DO QUADRO DE SERVIDORES DO MUNICÍPIO DE SANTA CRUZ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/137/projeto_de_decreto_legislativo_no._001-2025..pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/137/projeto_de_decreto_legislativo_no._001-2025..pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO HONORÁRIO DO MUNICÍPIO DE SANTA CRUZ AO DR. KILDERY MARQUES DE ABRANTES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/139/projeto_de_decreto_legislativo_no._002-2025..pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/139/projeto_de_decreto_legislativo_no._002-2025..pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO HONORÁRIO DO MUNICÍPIO DE SANTA CRUZ AO DR. HENIO SUASSUNA FERREIRA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/168/projeto_de_decreto_legislativo_no._003-2025..pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/168/projeto_de_decreto_legislativo_no._003-2025..pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO HONORÁRIO DO MUNICÍPIO DE SANTA CRUZ AO DR. FELIPE AUGUSTO PONTES DE PAIVA NOBRE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/30/mocao__de_pesar__no._001-2025.pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/30/mocao__de_pesar__no._001-2025.pdf</t>
   </si>
   <si>
     <t>PELO FALECIMENTO DO SENHOR FRANCISCO ANDRÉ DOS SANTOS, MAIS CONHECIDO POR ANDRÉ SOLDADO, OCORRIDO NO DIA 28 DE JANEIRO DE 2025, NO HOSPITAL REGIONAL DE SOUSA-PB.</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/60/mocao_de_pesar_no._002-2025..pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/60/mocao_de_pesar_no._002-2025..pdf</t>
   </si>
   <si>
     <t>PELO FALECIMENTO DO SENHOR FRANCISCO DAS CHAGAS GONÇALVES SOBREIRA, OCORRIDO NO DIA 24 DE FEVEREIRO DO CORRENTE ANO, VÍTIMA DE UM ACIDENTE DE MOTOCICLETA NO SÍTIO AGRESTE, EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/70/mocao_de_pesar_no._003-2025.pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/70/mocao_de_pesar_no._003-2025.pdf</t>
   </si>
   <si>
     <t>PELO FALECIMENTO DO SENHOR LUIZ ABÍLIO DE LIMA, AOS 94 ANOS DE IDADE, OCORRIDO NO DIA 06 DE MARÇO DO CORRENTE ANO, NO HOSPITAL REGIONAL DE SOUSA-PB.</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO FALECIMENTO DO SENHOR FRANCISCO LOPES BANDEIRA, AOS 87 ANOS DE IDADE, OCORRIDO NESTE DIA 11 DE MARÇO DO CORRENTE ANO, EM SUA RESIDÊNCIA, LOCALIZADA NO DISTRITO DE CASINHA DO HOMEM, SANTA CRUZ-PB.</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/81/mocao_de_pesar_no._005-2025.pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/81/mocao_de_pesar_no._005-2025.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO FALECIMENTO DO SENHOR FRANCISCO ANTONIO GOMES DE OLIVEIRA, OCORRIDO NO DIA 18 DE MARÇO DE 2025, NO HOSPITAL REGIONAL DE SOUSA-PB.</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/85/mocao_de_pesar_no._006-2025.pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/85/mocao_de_pesar_no._006-2025.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO FALECIMENTO DO SENHOR FRANCISCO JEFERSON DE SOUSA, AOS 58 ANOS DE IDADE, OCORRIDO NO DIA 07 DE ABRIL DE 2025, EM JOÃO PESSOA-PB.</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/90/mocao_de_pesar_no._007-2025.pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/90/mocao_de_pesar_no._007-2025.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO FALECIMENTO DO SENHOR OTÁVIO GOMES, AOS 96 ANOS DE IDADE, OCORRIDO NESTE DIA 15 DE ABRIL DO CORRENTE ANO, EM SUA RESIDÊNCIA, LOCALIZADA NO SÍTIO SANTANA, SANTA CRUZ-PB.</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
     <t>Gabinete da Presidência - GP</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/91/mocao_de_pesar_no._008-2025.pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/91/mocao_de_pesar_no._008-2025.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO FALECIMENTO DO IRMÃO DO VEREADOR ALDEJONES ABRANTES, O SENHOR ANTÔNIO ALBEONE ABRANTES FERREIRA, AOS 64 ANOS DE IDADE, OCORRIDO NO DIA 16 DE ABRIL DE 2025, NA CIDADE DE SOUSA-PB.</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/92/mocao_de_pesar_no._009-2025.pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/92/mocao_de_pesar_no._009-2025.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO FALECIMENTODA SENHORA CARMEM LÚCIA SARMENTO, OCORRIDO NO DIA 21 DE ABRIL DO CORRENTE ANO, EM SUA RESIDÊNCIA NO DISTRITO DE SÃO PEDRO, EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/97/mocao_de_pesar_no._010-2025.pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/97/mocao_de_pesar_no._010-2025.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO FALECIMENTO DO SENHOR JOSÉ FELINTO FILHO, AOS 95 ANOS DE IDADE, OCORRIDO NO DIA 07 DE MAIO DE 2025, NO HOSPITAL REGIONAL DE SOUSA-PB.</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/104/mocao_de_pesar_no._011-2025.pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/104/mocao_de_pesar_no._011-2025.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO FALECIMENTO DO SENHOR SEBASTIÃO LEITE FERREIRA, OCORRIDO NO DIA 17 DE MAIO DE 2025, VÍTIMA DE UMA COLISÃO FRONTAL ENTRE DUAS MOTOCICLETAS NA RODOVIA PB-359, NA ALTURA DO BOQUEIRÃO, MUNICÍPIO DE SÃO FRANCISCO-PB.</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/105/mocao_de_pesar_no._012-2025.pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/105/mocao_de_pesar_no._012-2025.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO FALECIMENTO DA SENHORA IOLANDA PEREIRA DE SOUSA, OCORRIDO NO DIA 23 DE MAIO DO CORRENTE ANO, NO HOSPITAL REGIONAL DE SOUSA-PB.</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>Plenário - PLE</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO FALECIMENTO DA SOGRA DO VEREADOR ALDEJONES ABRANTES, A SENHORA MARIA OLIVEIRA DE ARAÚJO, AOS 90 ANOS DE IDADE, OCORRIDO NESTE DIA 24 DE MAIO DO CORRENTE ANO, NO HOSPITAL REGIONAL DE SOUSA-PB.</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/121/mocao_de_pesar_no._014-2025.pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/121/mocao_de_pesar_no._014-2025.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO FALECIMENTO DO SENHOR LUCIMAR PEREIRA DE SOUSA, OCORRIDO NO DIA 26 DE JUNHO DE 2025, EM SUA RESIDÊNCIA, LOCALIZADA NO DISTRITO DE CASINHA DO HOMEM, SANTA CRUZ-PB.</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/126/mocao_de_pesar_no._015-2025.pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/126/mocao_de_pesar_no._015-2025.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO FALECIMENTO DA SENHORA MARIA LOPES DA SILVA, AOS 94 ANOS DE IDADE, OCORRIDO NESTE DIA 03 DE AGOSTO DO CORRENTE ANO, EM SUA RESIDÊNCIA, LOCALIZADA NA RUA PROF. POLIDÓRIO SEIXAS, S/N, BAIRRO SÃO FRANCISCO, SANTA CRUZ-PB.</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/140/mocao_de_pesar_no._016-2025.pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/140/mocao_de_pesar_no._016-2025.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO FALECIMENTO DA SENHORA MARIA DE LOURDES GOMES, AOS 84 ANOS DE IDADE, OCORRIDO NESTE DIA 31 DE AGOSTO DO CORRENTE ANO, NO HOSPITAL REGIONAL DE SOUSA-PB.</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/163/mocao_de_pesar_no._017-2025..pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/163/mocao_de_pesar_no._017-2025..pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO FALECIMENTO DO 3º SARGENTO DA POLÍCIA MILITAR ANTÔNIO LEANDRO DE MEDEIROS NETO, OCORRIDO NO DIA 15 DE OUTUBRO DE 2025, VÍTIMA DE UM GRAVE ACIDENTE DE MOTO NA RODOVIA PB-359, NO SÍTIO TIMBAÚBA, NA ZONA RURAL DE SANTA CRUZ-PB.</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/164/mocao_de_pesar_no._018-2025..pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/164/mocao_de_pesar_no._018-2025..pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO FALECIMENTO DA SENHORA TEREZINHA DE JESUS SILVA, OCORRIDO NO DIA 27 DE OUTUBRO DO CORRENTE ANO, NO HOSPITAL REGIONAL DE SOUSA-PB.</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/165/mocao_de_pesar_no._019-2025..pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/165/mocao_de_pesar_no._019-2025..pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO FALECIMENTO DO JOVEM MIKAEL DE SOUSA RAIMUNDO, OCORRIDO NO DIA 02 DE NOVEMBRO DE 2025, VÍTIMA DE AFOGAMENTO NO AÇUDE DO SÍTIO LIBERAL, NESTA CIDADE DE SANTA CRUZ-PB.</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Diretoria Geral - DIRG</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A COMPOSIÇÃO DAS COMISSÕES PERMANENTES DA CÂMARA MUNICIPAL DE SANTA CRUZ, PARAÍBA, PARA O BIÊNIO 2024/2025.</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
     <t>0</t>
   </si>
   <si>
     <t>ATA</t>
   </si>
@@ -1432,50 +1432,56 @@
     <t>ATA DA VIGÉSIMA QUINTA (25ª) SESSÃO ORDINÁRIA, DA (1ª) SESSÃO LEGISLATIVA DA 16ª LEGISLATURA DA CÂMARA MUNICIPAL DE SANTA CRUZ-PB, REALIZADA EM 18 DE SETEMBRO DE 2025.</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
     <t>ATA DA VIGÉSIMA SEXTA (26ª) SESSÃO ORDINÁRIA, DA (1ª) SESSÃO LEGISLATIVA DA 16ª LEGISLATURA DA CÂMARA MUNICIPAL DE SANTA CRUZ-PB, REALIZADA EM 25 DE SETEMBRO DE 2025.</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
     <t>ATA DA VIGÉSIMA NONA (29ª) SESSÃO ORDINÁRIA, DA (1ª) SESSÃO LEGISLATIVA DA 16ª LEGISLATURA DA CÂMARA MUNICIPAL DE SANTA CRUZ-PB, REALIZADA EM 16 DE OUTUBRO DE 2025.</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>ATA DA TRIGÉSIMA PRIMEIRA (31ª) SESSÃO ORDINÁRIA, DA (1ª) SESSÃO LEGISLATIVA DA 16ª LEGISLATURA DA CÂMARA MUNICIPAL DE SANTA CRUZ-PB, REALIZADA EM 30 DE OUTUBRO DE 2025.</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
     <t>ATA DA TRIGÉSIMA TERCEIRA (33ª) SESSÃO ORDINÁRIA, DA (1ª) SESSÃO LEGISLATIVA DA 16ª LEGISLATURA DA CÂMARA MUNICIPAL DE SANTA CRUZ-PB, REALIZADA EM 13 DE NOVEMBRO DE 2025.</t>
+  </si>
+  <si>
+    <t>171</t>
+  </si>
+  <si>
+    <t>ATA DA TRIGÉSIMA QUARTA (34ª) SESSÃO ORDINÁRIA, DA (1ª) SESSÃO LEGISLATIVA DA 16ª LEGISLATURA DA CÂMARA MUNICIPAL DE SANTA CRUZ-PB, REALIZADA EM 27 DE NOVEMBRO DE 2025.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -1779,68 +1785,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/23/requerimento_no._001-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/24/requerimento_no._002-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/25/requerimento_no._003-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/26/requerimento_no._004-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/27/requerimento_no._005-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/28/requerimento_no._006-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/29/requerimento_no._007-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/31/requerimento_no._008-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/32/requerimento_no._009-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/33/requerimento_no._010-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/34/requerimento_no._011-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/35/requerimento_no._012-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/36/requerimento_no._013-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/37/requerimento_no._014-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/38/requerimento_no._015-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/39/requerimento_no._016-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/40/requerimento_no._017-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/41/requerimento_no._018-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/49/requerimento_no._019-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/50/requerimento_no._020-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/51/requerimento_no._021-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/52/requerimento_no._022-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/53/requerimento_no._023-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/54/requerimento_no._024-2025..pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/55/requerimento_no._025-2025..pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/56/requerimento_no._026-2025..pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/57/requerimento_no._027-2025..pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/58/requerimento_no._028-2025..pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/59/requerimento_no._029-2025..pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/65/requerimento_no._030-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/66/requerimento_no._031-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/67/requerimento_no._032-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/68/requerimento_no._033-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/69/requerimento_no._034-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/71/requerimento_no._035-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/72/requerimento_no._036-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/73/requerimento_no._037-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/77/requerimento_no._038-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/78/requerimento_no._039-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/79/requerimento_no._040-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/80/requerimento_no._041-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/83/requerimento_no._042-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/84/requerimento_no._043-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/87/requerimento_no._044-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/88/requerimento_no._045-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/93/requerimento_no._046-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/94/requerimento_no._047-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/99/requerimento_no._049-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/100/requerimento_no._050-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/101/requerimento_no._051-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/102/requerimento_no._052-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/103/requerimento_no._053-2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/119/requerimento_no._054-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/120/requerimento_no._055-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/122/requerimento_no._056-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/127/requerimento_no._057-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/128/requerimento_no._058-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/130/requerimento_no._059-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/129/requerimento_no._060-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/132/requerimento_no._061-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/133/requerimento_no._062-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/135/requerimento_no._063-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/136/requerimento_no._064-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/138/requerimento_no._065-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/143/requerimento_no._067-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/144/requerimento_no._068-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/145/requerimento_no._069-2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/149/requerimento_no._070-2025..pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/150/requerimento_no._071-2025..pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/151/requerimento_no._072-2025..pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/152/requerimento_de_mocao_de_aplausos_no.__073-2025..pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/153/requerimento_de_mocao_de_aplausos_no._074-2025..pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/156/requerimento_no._075-2025..pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/157/requerimento_no._076-2025..pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/158/requerimento_no._077-2025..pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/160/requerimento_no._078-2025..pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/161/requerimento_no._079-2025..pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/162/requerimento_no._080-2025..pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/169/requerimento_no._081-2025..pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/170/requerimento_no._082-2025..pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/63/projeto_de_lei_no._001-2025._.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/64/projeto_de_lei_no._002-2025..pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/95/projeto_de_lei_no._004-2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/96/projeto_de_lei_no._005-2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/107/projeto_de_lei_no._006-2025_ldo.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/110/projeto_de_lei_no._007-2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/111/projeto_de_lei_no._008-2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/112/projeto_de_lei_no._009-2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/113/projeto_de_lei_no._010-2025..pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/115/projeto_de_lei_no._011-2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/116/projeto_de_lei_no._012-2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/117/projeto_de_lei_no._013-2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/125/projeto_de_lei_no._014-2025..pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/131/projeto_de_lei_no._015-2025._.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/141/projeto_de_lei_no._016-2025_ppa_2026_a_2029.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/146/projeto_de_lei_no._017-2025..pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/148/projeto_de_lei_no._018-2025_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/74/projeto_de_lei_no_003-2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/166/projeto_de_lei_no._019-2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/43/projeto_de_lei_complementar_no._001-2025..pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/44/projeto_de_lei_complementar_no._002-2025..pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/45/projeto_de_lei_complementar_no._003-2025..pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/46/projeto_de_lei_complementar_no._004-2025..pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/47/projeto_de_lei_complementar_no._005-2025..pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/137/projeto_de_decreto_legislativo_no._001-2025..pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/139/projeto_de_decreto_legislativo_no._002-2025..pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/168/projeto_de_decreto_legislativo_no._003-2025..pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/30/mocao__de_pesar__no._001-2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/60/mocao_de_pesar_no._002-2025..pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/70/mocao_de_pesar_no._003-2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/81/mocao_de_pesar_no._005-2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/85/mocao_de_pesar_no._006-2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/90/mocao_de_pesar_no._007-2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/91/mocao_de_pesar_no._008-2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/92/mocao_de_pesar_no._009-2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/97/mocao_de_pesar_no._010-2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/104/mocao_de_pesar_no._011-2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/105/mocao_de_pesar_no._012-2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/121/mocao_de_pesar_no._014-2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/126/mocao_de_pesar_no._015-2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/140/mocao_de_pesar_no._016-2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/163/mocao_de_pesar_no._017-2025..pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/164/mocao_de_pesar_no._018-2025..pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/165/mocao_de_pesar_no._019-2025..pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/23/requerimento_no._001-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/24/requerimento_no._002-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/25/requerimento_no._003-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/26/requerimento_no._004-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/27/requerimento_no._005-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/28/requerimento_no._006-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/29/requerimento_no._007-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/31/requerimento_no._008-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/32/requerimento_no._009-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/33/requerimento_no._010-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/34/requerimento_no._011-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/35/requerimento_no._012-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/36/requerimento_no._013-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/37/requerimento_no._014-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/38/requerimento_no._015-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/39/requerimento_no._016-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/40/requerimento_no._017-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/41/requerimento_no._018-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/49/requerimento_no._019-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/50/requerimento_no._020-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/51/requerimento_no._021-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/52/requerimento_no._022-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/53/requerimento_no._023-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/54/requerimento_no._024-2025..pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/55/requerimento_no._025-2025..pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/56/requerimento_no._026-2025..pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/57/requerimento_no._027-2025..pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/58/requerimento_no._028-2025..pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/59/requerimento_no._029-2025..pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/65/requerimento_no._030-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/66/requerimento_no._031-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/67/requerimento_no._032-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/68/requerimento_no._033-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/69/requerimento_no._034-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/71/requerimento_no._035-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/72/requerimento_no._036-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/73/requerimento_no._037-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/77/requerimento_no._038-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/78/requerimento_no._039-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/79/requerimento_no._040-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/80/requerimento_no._041-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/83/requerimento_no._042-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/84/requerimento_no._043-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/87/requerimento_no._044-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/88/requerimento_no._045-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/93/requerimento_no._046-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/94/requerimento_no._047-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/99/requerimento_no._049-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/100/requerimento_no._050-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/101/requerimento_no._051-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/102/requerimento_no._052-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/103/requerimento_no._053-2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/119/requerimento_no._054-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/120/requerimento_no._055-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/122/requerimento_no._056-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/127/requerimento_no._057-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/128/requerimento_no._058-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/130/requerimento_no._059-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/129/requerimento_no._060-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/132/requerimento_no._061-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/133/requerimento_no._062-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/135/requerimento_no._063-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/136/requerimento_no._064-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/138/requerimento_no._065-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/143/requerimento_no._067-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/144/requerimento_no._068-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/145/requerimento_no._069-2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/149/requerimento_no._070-2025..pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/150/requerimento_no._071-2025..pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/151/requerimento_no._072-2025..pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/152/requerimento_de_mocao_de_aplausos_no.__073-2025..pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/153/requerimento_de_mocao_de_aplausos_no._074-2025..pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/156/requerimento_no._075-2025..pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/157/requerimento_no._076-2025..pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/158/requerimento_no._077-2025..pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/160/requerimento_no._078-2025..pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/161/requerimento_no._079-2025..pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/162/requerimento_no._080-2025..pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/169/requerimento_no._081-2025..pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/170/requerimento_no._082-2025..pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/63/projeto_de_lei_no._001-2025._.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/64/projeto_de_lei_no._002-2025..pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/95/projeto_de_lei_no._004-2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/96/projeto_de_lei_no._005-2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/107/projeto_de_lei_no._006-2025_ldo.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/110/projeto_de_lei_no._007-2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/111/projeto_de_lei_no._008-2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/112/projeto_de_lei_no._009-2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/113/projeto_de_lei_no._010-2025..pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/115/projeto_de_lei_no._011-2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/116/projeto_de_lei_no._012-2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/117/projeto_de_lei_no._013-2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/125/projeto_de_lei_no._014-2025..pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/131/projeto_de_lei_no._015-2025._.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/141/projeto_de_lei_no._016-2025_ppa_2026_a_2029.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/146/projeto_de_lei_no._017-2025..pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/148/projeto_de_lei_no._018-2025_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/74/projeto_de_lei_no_003-2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/166/projeto_de_lei_no._019-2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/43/projeto_de_lei_complementar_no._001-2025..pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/44/projeto_de_lei_complementar_no._002-2025..pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/45/projeto_de_lei_complementar_no._003-2025..pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/46/projeto_de_lei_complementar_no._004-2025..pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/47/projeto_de_lei_complementar_no._005-2025..pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/137/projeto_de_decreto_legislativo_no._001-2025..pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/139/projeto_de_decreto_legislativo_no._002-2025..pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/168/projeto_de_decreto_legislativo_no._003-2025..pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/30/mocao__de_pesar__no._001-2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/60/mocao_de_pesar_no._002-2025..pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/70/mocao_de_pesar_no._003-2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/81/mocao_de_pesar_no._005-2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/85/mocao_de_pesar_no._006-2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/90/mocao_de_pesar_no._007-2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/91/mocao_de_pesar_no._008-2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/92/mocao_de_pesar_no._009-2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/97/mocao_de_pesar_no._010-2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/104/mocao_de_pesar_no._011-2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/105/mocao_de_pesar_no._012-2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/121/mocao_de_pesar_no._014-2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/126/mocao_de_pesar_no._015-2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/140/mocao_de_pesar_no._016-2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/163/mocao_de_pesar_no._017-2025..pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/164/mocao_de_pesar_no._018-2025..pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2025/165/mocao_de_pesar_no._019-2025..pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H150"/>
+  <dimension ref="A1:H151"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="26.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="124.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="123.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -5689,50 +5695,76 @@
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
         <v>472</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
         <v>52</v>
       </c>
       <c r="D150" t="s">
         <v>433</v>
       </c>
       <c r="E150" t="s">
         <v>434</v>
       </c>
       <c r="F150" t="s">
         <v>435</v>
       </c>
       <c r="G150" s="1" t="s">
         <v>380</v>
       </c>
       <c r="H150" t="s">
         <v>473</v>
+      </c>
+    </row>
+    <row r="151" spans="1:8">
+      <c r="A151" t="s">
+        <v>474</v>
+      </c>
+      <c r="B151" t="s">
+        <v>9</v>
+      </c>
+      <c r="C151" t="s">
+        <v>57</v>
+      </c>
+      <c r="D151" t="s">
+        <v>433</v>
+      </c>
+      <c r="E151" t="s">
+        <v>434</v>
+      </c>
+      <c r="F151" t="s">
+        <v>435</v>
+      </c>
+      <c r="G151" s="1" t="s">
+        <v>380</v>
+      </c>
+      <c r="H151" t="s">
+        <v>475</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -5842,50 +5874,51 @@
     <hyperlink ref="G126" r:id="rId125"/>
     <hyperlink ref="G127" r:id="rId126"/>
     <hyperlink ref="G128" r:id="rId127"/>
     <hyperlink ref="G129" r:id="rId128"/>
     <hyperlink ref="G130" r:id="rId129"/>
     <hyperlink ref="G131" r:id="rId130"/>
     <hyperlink ref="G132" r:id="rId131"/>
     <hyperlink ref="G133" r:id="rId132"/>
     <hyperlink ref="G134" r:id="rId133"/>
     <hyperlink ref="G135" r:id="rId134"/>
     <hyperlink ref="G136" r:id="rId135"/>
     <hyperlink ref="G137" r:id="rId136"/>
     <hyperlink ref="G138" r:id="rId137"/>
     <hyperlink ref="G139" r:id="rId138"/>
     <hyperlink ref="G140" r:id="rId139"/>
     <hyperlink ref="G141" r:id="rId140"/>
     <hyperlink ref="G142" r:id="rId141"/>
     <hyperlink ref="G143" r:id="rId142"/>
     <hyperlink ref="G144" r:id="rId143"/>
     <hyperlink ref="G145" r:id="rId144"/>
     <hyperlink ref="G146" r:id="rId145"/>
     <hyperlink ref="G147" r:id="rId146"/>
     <hyperlink ref="G148" r:id="rId147"/>
     <hyperlink ref="G149" r:id="rId148"/>
     <hyperlink ref="G150" r:id="rId149"/>
+    <hyperlink ref="G151" r:id="rId150"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>