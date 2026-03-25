--- v0 (2026-01-25)
+++ v1 (2026-03-25)
@@ -54,273 +54,273 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>JOSÉ ARAÚJO (ZÉ AURI)</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2024/3/requerimento_no._034-2024.pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2024/3/requerimento_no._034-2024.pdf</t>
   </si>
   <si>
     <t>REQUER SERVICOS DE RECUPERACAO DA ESTRADA DE ACESSO AO SÍTIO SÃO ROMÂO.</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>LUCICLEIDE CAETANO</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2024/5/requerimento_no_035-2024..pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2024/5/requerimento_no_035-2024..pdf</t>
   </si>
   <si>
     <t>REQUER CONSTRUÇÃO DE ACOSTAMENTO E LOMBADAS NO CONTORNO DA RODOVIA PB-359, LOCALIZADO NO SÍTIO AGRESTE, MUNICÍPIO DE SANTA CRUZ-PB.</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>ALBANEIDE ALVES</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2024/7/requerimento_no_036-2024..pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2024/7/requerimento_no_036-2024..pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJAM COLOCADAS PLACAS INDICATIVAS COM DENOMINAÇÃO DAS RUAS E NUMERAÇÃO DAS CASAS DA NOSSA CIDADE E NOS DISTRITOS DE SÃO PEDRO E CASINHA DO HOMEM.</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>JOSEANE SOARES</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2024/8/requerimento_no_037-2024..pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2024/8/requerimento_no_037-2024..pdf</t>
   </si>
   <si>
     <t>REQUER PROVIDÊNCIAS EM RELAÇÃO AO VAZAMENTO DE ÁGUA PRÓXIMO AO CONJUNTO ALFREDO RODRIGUES, NESTA CIDADE.</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2024/9/requerimento_no_038-2024..pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2024/9/requerimento_no_038-2024..pdf</t>
   </si>
   <si>
     <t>REQUER IMPLANTAÇÃO E INCENTIVO DE ESCOLINHA DE FUTEBOL PÚBLICA.</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2024/10/requerimento_no_039-2024..pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2024/10/requerimento_no_039-2024..pdf</t>
   </si>
   <si>
     <t>REQUER ABERTURA E SERVIÇOS DE LIMPEZA E MANUTENÇÃO PERIÓDICA NO BANHEIRO PÚBLICO LOCALIZADO NA PRAÇA LUIZ PEREIRA DA SILVA, NO CENTRO DESTA CIDADE.</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2024/11/requerimento_no_040-2024..pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2024/11/requerimento_no_040-2024..pdf</t>
   </si>
   <si>
     <t>REQUER APOIO AOS EVENTOS RELIGIOSOS DE DEZEMBRO, AS CAVALGADAS E A CAMINHADA DA FÉ.</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2024/16/requerimento_no_041-2024..pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2024/16/requerimento_no_041-2024..pdf</t>
   </si>
   <si>
     <t>REQUER APOIO AO IV MOTOCROSS DESTA CIDADE.</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinário do Executivo</t>
   </si>
   <si>
     <t>Prefeito</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2024/15/projeto_de_lei_no._015-2024_loa_2025.pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2024/15/projeto_de_lei_no._015-2024_loa_2025.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA PARA O EXERCÍCIO FINANCEIRO DE 2025 DO MUNICÍPIO DE SANTA CRUZ E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A POLÍTICA MUNICIPAL DE CULTURA DE SANTA CRUZ - PB, INSTITUI O SISTEMA MUNICIPAL DE CULTURA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI MUNICIPAL Nº 394/2009, QUE ESTABELECE PRINCÍPIOS E DIRETRIZES PARA A GARANTIA DOS DIREITOS DAS CRIANÇAS E DOS ADOLESCENTES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2024/17/plm_no_018_2024_-_credito_especial_-_educacao_van.pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2024/17/plm_no_018_2024_-_credito_especial_-_educacao_van.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ESPECIAL PARA FINS QUE ESPECIFICA (FICA ABERTO NO ORÇAMENTO VIGENTE O CRÉDITO ESPECIAL NO VALOR DE R$ 691.000,00 (SEISCENTOS E NOVENTA E UM MIL REAIS), DESTINADO À  AQUISIÇÃO DE VEÍCULO PARA TRANSPORTE ESCOLAR).</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2024/18/plm_no_019_2024_-_codigo_tributario_2024.pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2024/18/plm_no_019_2024_-_codigo_tributario_2024.pdf</t>
   </si>
   <si>
     <t>REFORMULA E CONSOLIDA AS LEIS TRIBUTÁRIAS DO MUNICÍPIO, ADAPTANDO AO DISPOSTO NA LEI ORGÂNICA MUNICIPAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2024/19/plm_no_020_2024_-_credito_especial_-_passagem_molhada.pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2024/19/plm_no_020_2024_-_credito_especial_-_passagem_molhada.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ESPECIAL PARA FINS QUE ESPECIFICA. (FICA ABERTO NO ORÇAMENTO VIGENTE O CRÉDITO ESPECIAL NO VALOR DE R$ 200.000,00 (DUZENTOS MIL REAIS), DESTINADO A CONSTRUÇÃO DE PASSAGEM MOLHADA).</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2024/20/plm_no_021_2024_-_credito_especial_-_base_samu.pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2024/20/plm_no_021_2024_-_credito_especial_-_base_samu.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ESPECIAL PARA FINS QUE ESPECIFICA. (FICA ABERTO NO ORÇAMENTO VIGENTE O CRÉDITO ESPECIAL NO VALOR DE R$ 500.000,00 (QUINHENTOS MIL REAIS), DESTINADO A CONSTRUÇÃO BASE SAMU).</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2024/4/mocao_de_pesar_no._006-2024.pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2024/4/mocao_de_pesar_no._006-2024.pdf</t>
   </si>
   <si>
     <t>A CAMARA MUNICIPAL DE SANTA CRUZ-PB: MANIFESTA O SEU PROFUNDO PESAR DE FALECIMENTO DO PROFESSOR ANTONIO SOUTO MAIOR, OCORRIDO NO DIA 26 DE JUNHO DE 2024, NO HOSPITAL MUNICIPAL FRANCISCA WANDERLEY, NESTA CIDADE DE SANTA CRUZ-PB</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>Proposta de Emenda à Lei Orgânica Municipal</t>
   </si>
   <si>
     <t>Diretoria Geral - DIRG</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2024/12/proposta_de_emenda_a_lei_organica_no_001-_2024.pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2024/12/proposta_de_emenda_a_lei_organica_no_001-_2024.pdf</t>
   </si>
   <si>
     <t>ALTERA, ACRESCENTA E SUPRIME DIVERSAS DISPOSIÇÕES DA LEI ORGÂNICA DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS ALTERAÇÕES PROMOVIDAS NO REGIMENTO INTERNO DA CÂMARA MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2024/21/projeto_de_resolucao_no._02-2024.docx.pdf</t>
+    <t>http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2024/21/projeto_de_resolucao_no._02-2024.docx.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -624,68 +624,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2024/3/requerimento_no._034-2024.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2024/5/requerimento_no_035-2024..pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2024/7/requerimento_no_036-2024..pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2024/8/requerimento_no_037-2024..pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2024/9/requerimento_no_038-2024..pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2024/10/requerimento_no_039-2024..pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2024/11/requerimento_no_040-2024..pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2024/16/requerimento_no_041-2024..pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2024/15/projeto_de_lei_no._015-2024_loa_2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2024/17/plm_no_018_2024_-_credito_especial_-_educacao_van.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2024/18/plm_no_019_2024_-_codigo_tributario_2024.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2024/19/plm_no_020_2024_-_credito_especial_-_passagem_molhada.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2024/20/plm_no_021_2024_-_credito_especial_-_base_samu.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2024/4/mocao_de_pesar_no._006-2024.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2024/12/proposta_de_emenda_a_lei_organica_no_001-_2024.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2024/21/projeto_de_resolucao_no._02-2024.docx.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2024/3/requerimento_no._034-2024.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2024/5/requerimento_no_035-2024..pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2024/7/requerimento_no_036-2024..pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2024/8/requerimento_no_037-2024..pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2024/9/requerimento_no_038-2024..pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2024/10/requerimento_no_039-2024..pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2024/11/requerimento_no_040-2024..pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2024/16/requerimento_no_041-2024..pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2024/15/projeto_de_lei_no._015-2024_loa_2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2024/17/plm_no_018_2024_-_credito_especial_-_educacao_van.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2024/18/plm_no_019_2024_-_codigo_tributario_2024.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2024/19/plm_no_020_2024_-_credito_especial_-_passagem_molhada.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2024/20/plm_no_021_2024_-_credito_especial_-_base_samu.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2024/4/mocao_de_pesar_no._006-2024.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2024/12/proposta_de_emenda_a_lei_organica_no_001-_2024.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pb.leg.br/media/sapl/public/materialegislativa/2024/21/projeto_de_resolucao_no._02-2024.docx.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H20"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="41.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="21.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="128" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="127.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>